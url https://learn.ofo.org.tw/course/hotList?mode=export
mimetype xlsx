--- v0 (2025-11-28)
+++ v1 (2026-01-13)
@@ -11,389 +11,383 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="熱門課程" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="182" uniqueCount="113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="111">
   <si>
     <t>編號</t>
   </si>
   <si>
     <t>課程名稱</t>
   </si>
   <si>
     <t>形式</t>
   </si>
   <si>
     <t>類別</t>
   </si>
   <si>
     <t>時數</t>
   </si>
   <si>
     <t>人數</t>
   </si>
   <si>
     <t>開課日期</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>【網路課程】提升性別敏感度-認識多元性別與性別平等</t>
   </si>
   <si>
     <t>線上</t>
   </si>
   <si>
     <t>C2&amp;amp;C3</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>171</t>
+    <t>199</t>
   </si>
   <si>
     <t>2025-06-16</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>【網路課程】原住民文化安全-文化安全與原住民族長期照顧</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>138</t>
+    <t>182</t>
   </si>
   <si>
     <t>2025-08-18</t>
   </si>
   <si>
-    <t>208</t>
-[...2 lines deleted...]
-    <t>【網路課程】照顧安全動起來(2025)</t>
+    <t>432</t>
+  </si>
+  <si>
+    <t>【網路課程】多元族群文化敏感度與能力</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>【其他課程】人際關係必備五大訣竅，學起來一生適用</t>
+  </si>
+  <si>
+    <t>其他課程</t>
+  </si>
+  <si>
+    <t>0.5</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>2022-03-18</t>
+  </si>
+  <si>
+    <t>246</t>
+  </si>
+  <si>
+    <t>【網路課程】職業安全衛生教育-性別平等</t>
   </si>
   <si>
     <t>C1</t>
   </si>
   <si>
-    <t>113</t>
-[...47 lines deleted...]
-    <t>【網路課程】感染控制原則(照顧技術與教學)(2025)</t>
+    <t>100</t>
+  </si>
+  <si>
+    <t>2025-01-15</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>【其他課程】偷走時間的秘密武器，揭開時間管理的錯誤觀念</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>44</t>
-[...7 lines deleted...]
-  <si>
     <t>2022-04-14</t>
   </si>
   <si>
-    <t>210</t>
-[...2 lines deleted...]
-    <t>【網路課程】照顧服務及服務項目(支付碼別)認識(2025)</t>
+    <t>41</t>
+  </si>
+  <si>
+    <t>【其他課程】提升表達能力 ~ 7C 溝通法則</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>2022-02-07</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>10. ZOOM會議軟體教學</t>
+  </si>
+  <si>
+    <t>老五老新進員工訓練課程</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>2023-08-30</t>
+  </si>
+  <si>
+    <t>269</t>
+  </si>
+  <si>
+    <t>【網路課程】失智症之精神行為症狀及其照護</t>
+  </si>
+  <si>
+    <t>日間照顧系列課程</t>
   </si>
   <si>
     <t>1.3</t>
   </si>
   <si>
-    <t>90</t>
-[...50 lines deleted...]
-    <t>58</t>
+    <t>62</t>
   </si>
   <si>
     <t>2025-04-07</t>
   </si>
   <si>
+    <t>248</t>
+  </si>
+  <si>
+    <t>【網路課程】日間照顧中心感染管制</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>2025-03-05</t>
+  </si>
+  <si>
+    <t>245</t>
+  </si>
+  <si>
+    <t>【網路課程】銀髮膳食均衡及配膳</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>2025-03-04</t>
+  </si>
+  <si>
     <t>244</t>
   </si>
   <si>
     <t>【網路課程】日照緊急意外事件處理</t>
   </si>
   <si>
-    <t>56</t>
-[...22 lines deleted...]
-  <si>
     <t>344</t>
   </si>
   <si>
     <t>【網路課程】活動設計與帶領</t>
   </si>
   <si>
-    <t>47</t>
+    <t>52</t>
   </si>
   <si>
     <t>2025-05-05</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>【網路課程】服務理念與日照中心的定位</t>
   </si>
   <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>2025-07-14</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>【其他課程】關鍵對話 Crucial Conversations</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>2021-09-08</t>
+  </si>
+  <si>
     <t>40</t>
   </si>
   <si>
-    <t>2025-07-14</t>
-[...8 lines deleted...]
-    <t>3</t>
+    <t>【其他課程】12 個人生建議，讓你少走一些冤枉路</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>2021-09-08</t>
-[...7 lines deleted...]
-  <si>
     <t>2021-10-20</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>【其他課程】哈佛積極心理學，一門幸福的科學課</t>
   </si>
   <si>
-    <t>12</t>
+    <t>13</t>
   </si>
   <si>
     <t>2022-02-22</t>
   </si>
   <si>
+    <t>474</t>
+  </si>
+  <si>
+    <t>【網路課程】照顧安全動起來(2026)</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>2026-01-02</t>
+  </si>
+  <si>
     <t>197</t>
   </si>
   <si>
     <t>06. 職場公關禮儀</t>
   </si>
   <si>
-    <t>8</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-09-10</t>
   </si>
   <si>
-    <t>43</t>
-[...1 lines deleted...]
-  <si>
     <t>【其他課程】每日站立會議 ~ 敏捷專案 Scrum 的關鍵活動！</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>2022-07-01</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>簡報、多媒體教材設計原則</t>
   </si>
   <si>
     <t>尚未分類課程</t>
   </si>
   <si>
-    <t>4</t>
+    <t>5</t>
   </si>
   <si>
     <t>2022-02-21</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>tms+ 開課前系統環境建立 (管理者)</t>
   </si>
   <si>
     <t>1.5</t>
   </si>
   <si>
     <t>2020-12-23</t>
+  </si>
+  <si>
+    <t>473</t>
+  </si>
+  <si>
+    <t>【網路課程】緊急事件處理與因應(2026)</t>
+  </si>
+  <si>
+    <t>1.8</t>
+  </si>
+  <si>
+    <t>468</t>
+  </si>
+  <si>
+    <t>照顧服務員單一級證照 考前術科衝刺包</t>
+  </si>
+  <si>
+    <t>居服技術檢核官培訓</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>2026-01-01</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <fonts x14ac:knownFonts="1" count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -416,51 +410,51 @@
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle xfId="0" builtinId="0" name="Normal"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultPivotStyle="PivotStyleMedium9" defaultTableStyle="TableStyleMedium2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:G26"/>
+  <dimension ref="A1:G25"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col max="1" min="1" width="10" customWidth="1"/>
     <col max="2" min="2" width="60" customWidth="1"/>
     <col max="3" min="3" width="10" customWidth="1"/>
     <col max="4" min="4" width="15" customWidth="1"/>
     <col max="5" min="5" width="10" customWidth="1"/>
     <col max="6" min="6" width="10" customWidth="1"/>
     <col max="7" min="7" width="15" customWidth="1"/>
     <col max="1025" min="8" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -513,564 +507,541 @@
       </c>
       <c r="D3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F4" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" s="1" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="B5" s="0" t="s">
+      <c r="C5" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E5" s="1" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="B11" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D11" s="1" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>59</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>63</v>
+        <v>49</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>63</v>
+        <v>49</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>16</v>
+        <v>73</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>46</v>
+        <v>73</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="E20" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F20" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="F20" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G20" s="1" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="s">
-        <v>82</v>
+        <v>69</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>34</v>
+        <v>92</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>33</v>
+        <v>96</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>86</v>
+        <v>26</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B23" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D23" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="B23" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E23" s="1" t="s">
-        <v>16</v>
+        <v>101</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>98</v>
+        <v>11</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>102</v>
+        <v>16</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>103</v>
+        <v>87</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>34</v>
+        <v>101</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>108</v>
-[...6 lines deleted...]
-      <c r="B26" s="0" t="s">
         <v>110</v>
-      </c>
-[...13 lines deleted...]
-        <v>112</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>FormosaSoft</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>