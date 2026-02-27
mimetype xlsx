--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -11,383 +11,509 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="熱門課程" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="259" uniqueCount="153">
   <si>
     <t>編號</t>
   </si>
   <si>
     <t>課程名稱</t>
   </si>
   <si>
     <t>形式</t>
   </si>
   <si>
     <t>類別</t>
   </si>
   <si>
     <t>時數</t>
   </si>
   <si>
     <t>人數</t>
   </si>
   <si>
     <t>開課日期</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>【網路課程】提升性別敏感度-認識多元性別與性別平等</t>
   </si>
   <si>
     <t>線上</t>
   </si>
   <si>
     <t>C2&amp;amp;C3</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>199</t>
+    <t>213</t>
   </si>
   <si>
     <t>2025-06-16</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>【網路課程】原住民文化安全-文化安全與原住民族長期照顧</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>182</t>
+    <t>195</t>
   </si>
   <si>
     <t>2025-08-18</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>【網路課程】多元族群文化敏感度與能力</t>
   </si>
   <si>
-    <t>168</t>
+    <t>185</t>
   </si>
   <si>
     <t>2025-09-15</t>
   </si>
   <si>
+    <t>246</t>
+  </si>
+  <si>
+    <t>【網路課程】職業安全衛生教育-性別平等</t>
+  </si>
+  <si>
+    <t>C1</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>2025-01-15</t>
+  </si>
+  <si>
     <t>42</t>
   </si>
   <si>
     <t>【其他課程】人際關係必備五大訣竅，學起來一生適用</t>
   </si>
   <si>
     <t>其他課程</t>
   </si>
   <si>
     <t>0.5</t>
   </si>
   <si>
-    <t>103</t>
+    <t>104</t>
   </si>
   <si>
     <t>2022-03-18</t>
   </si>
   <si>
-    <t>246</t>
-[...13 lines deleted...]
-  <si>
     <t>44</t>
   </si>
   <si>
     <t>【其他課程】偷走時間的秘密武器，揭開時間管理的錯誤觀念</t>
   </si>
   <si>
-    <t>95</t>
+    <t>97</t>
   </si>
   <si>
     <t>2022-04-14</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>【其他課程】提升表達能力 ~ 7C 溝通法則</t>
   </si>
   <si>
-    <t>88</t>
+    <t>89</t>
   </si>
   <si>
     <t>2022-02-07</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>10. ZOOM會議軟體教學</t>
+    <t>ZOOM會議軟體教學</t>
   </si>
   <si>
     <t>老五老新進員工訓練課程</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>2023-08-30</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>【網路課程】失智症之精神行為症狀及其照護</t>
   </si>
   <si>
     <t>日間照顧系列課程</t>
   </si>
   <si>
     <t>1.3</t>
   </si>
   <si>
-    <t>62</t>
+    <t>65</t>
   </si>
   <si>
     <t>2025-04-07</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
+    <t>【網路課程】日間照顧中心感染管制(2025)</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>2025-03-05</t>
+  </si>
+  <si>
+    <t>245</t>
+  </si>
+  <si>
+    <t>【網路課程】銀髮膳食均衡及配膳</t>
+  </si>
+  <si>
+    <t>2025-03-04</t>
+  </si>
+  <si>
+    <t>244</t>
+  </si>
+  <si>
+    <t>【網路課程】日照緊急意外事件處理</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>344</t>
+  </si>
+  <si>
+    <t>【網路課程】活動設計與帶領</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>395</t>
+  </si>
+  <si>
+    <t>【網路課程】服務理念與日照中心的定位</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>2025-07-14</t>
+  </si>
+  <si>
+    <t>474</t>
+  </si>
+  <si>
+    <t>【網路課程】照顧安全動起來(2026)</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>2026-01-02</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>【其他課程】關鍵對話 Crucial Conversations</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>2021-09-08</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>【其他課程】12 個人生建議，讓你少走一些冤枉路</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>2021-10-20</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>【其他課程】哈佛積極心理學，一門幸福的科學課</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>2022-02-22</t>
+  </si>
+  <si>
+    <t>473</t>
+  </si>
+  <si>
+    <t>【網路課程】緊急事件處理與因應(2026)</t>
+  </si>
+  <si>
+    <t>1.8</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>468</t>
+  </si>
+  <si>
+    <t>照顧服務員單一級證照 考前術科衝刺包</t>
+  </si>
+  <si>
+    <t>居服技術檢核官培訓</t>
+  </si>
+  <si>
+    <t>1.5</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>2026-01-01</t>
+  </si>
+  <si>
+    <t>197</t>
+  </si>
+  <si>
+    <t>06. 職場公關禮儀</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>2024-09-10</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>【其他課程】每日站立會議 ~ 敏捷專案 Scrum 的關鍵活動！</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>2022-07-01</t>
+  </si>
+  <si>
+    <t>274</t>
+  </si>
+  <si>
+    <t>簡報、多媒體教材設計原則</t>
+  </si>
+  <si>
+    <t>尚未分類課程</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>2022-02-21</t>
+  </si>
+  <si>
+    <t>275</t>
+  </si>
+  <si>
+    <t>tms+ 開課前系統環境建立 (管理者)</t>
+  </si>
+  <si>
+    <t>2020-12-23</t>
+  </si>
+  <si>
+    <t>485</t>
+  </si>
+  <si>
+    <t>【網路課程】老人福利服務與長期照顧</t>
+  </si>
+  <si>
+    <t>2026-02-23</t>
+  </si>
+  <si>
+    <t>504</t>
+  </si>
+  <si>
+    <t>【線上同步課程】失智症者的陪伴與活動</t>
+  </si>
+  <si>
+    <t>2026-03-08</t>
+  </si>
+  <si>
+    <t>489</t>
+  </si>
+  <si>
+    <t>入門先修課｜【網路課程】不再凡事親力親為：主管角色的關鍵轉換</t>
+  </si>
+  <si>
+    <t>組織經營管理課程</t>
+  </si>
+  <si>
+    <t>2026-02-26</t>
+  </si>
+  <si>
+    <t>491</t>
+  </si>
+  <si>
+    <t>賦權1｜【台中】穩住自己，才帶得動人：主管的EQ不是忍，是選擇</t>
+  </si>
+  <si>
+    <t>面授</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>2026-03-25</t>
+  </si>
+  <si>
+    <t>494</t>
+  </si>
+  <si>
+    <t>賦權3｜【台中】不插手，也能推進事情：從有效會議打造高自主性團隊</t>
+  </si>
+  <si>
+    <t>2026-08-18</t>
+  </si>
+  <si>
+    <t>496</t>
+  </si>
+  <si>
+    <t>賦權5｜【台中】掌握溝通要領：讓人願意一起走</t>
+  </si>
+  <si>
+    <t>2027-01-19</t>
+  </si>
+  <si>
+    <t>498</t>
+  </si>
+  <si>
+    <t>賦權7｜【台中】目標管理不只是KPI，更是方向：從自主管理開始</t>
+  </si>
+  <si>
+    <t>2027-07-21</t>
+  </si>
+  <si>
+    <t>493</t>
+  </si>
+  <si>
+    <t>賦權2｜【台中】把事交出去，把責任接起來：建立部屬責任感</t>
+  </si>
+  <si>
+    <t>2026-05-19</t>
+  </si>
+  <si>
+    <t>495</t>
+  </si>
+  <si>
+    <t>賦權4｜【台中】問對問題，比給答案更重要：讓決策品質升級</t>
+  </si>
+  <si>
+    <t>2026-11-27</t>
+  </si>
+  <si>
+    <t>497</t>
+  </si>
+  <si>
+    <t>賦權6｜【台中】壓力不會消失，但可以被轉化：成為成長的動力</t>
+  </si>
+  <si>
+    <t>2027-04-20</t>
+  </si>
+  <si>
+    <t>499</t>
+  </si>
+  <si>
+    <t>賦權8｜【台中】信任不是感覺，是共識：關係力 × 目標成效的管理法</t>
+  </si>
+  <si>
+    <t>2027-10-21</t>
+  </si>
+  <si>
+    <t>511</t>
+  </si>
+  <si>
     <t>【網路課程】日間照顧中心感染管制</t>
-  </si>
-[...166 lines deleted...]
-    <t>2026-01-01</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <fonts x14ac:knownFonts="1" count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -410,51 +536,51 @@
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle xfId="0" builtinId="0" name="Normal"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultPivotStyle="PivotStyleMedium9" defaultTableStyle="TableStyleMedium2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:G25"/>
+  <dimension ref="A1:G37"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col max="1" min="1" width="10" customWidth="1"/>
     <col max="2" min="2" width="60" customWidth="1"/>
     <col max="3" min="3" width="10" customWidth="1"/>
     <col max="4" min="4" width="15" customWidth="1"/>
     <col max="5" min="5" width="10" customWidth="1"/>
     <col max="6" min="6" width="10" customWidth="1"/>
     <col max="7" min="7" width="15" customWidth="1"/>
     <col max="1025" min="8" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -533,120 +659,120 @@
       </c>
       <c r="E4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E5" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F5" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="F5" s="1" t="s">
+      <c r="G5" s="1" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" s="0" t="s">
         <v>29</v>
       </c>
-      <c r="B6" s="0" t="s">
+      <c r="C6" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="C6" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D6" s="1" t="s">
+      <c r="E6" s="1" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>32</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>40</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>43</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>44</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="1" t="s">
@@ -697,77 +823,77 @@
       </c>
       <c r="F11" s="1" t="s">
         <v>55</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="s">
         <v>57</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>58</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G12" s="1" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B13" s="0" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F13" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="G13" s="1" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="s">
         <v>63</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>50</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>65</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>66</v>
       </c>
     </row>
@@ -786,262 +912,538 @@
       </c>
       <c r="E15" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>69</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>70</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="s">
         <v>71</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E16" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F16" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="F16" s="1" t="s">
+      <c r="G16" s="1" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B17" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="B17" s="0" t="s">
+      <c r="C17" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E17" s="1" t="s">
         <v>77</v>
-      </c>
-[...7 lines deleted...]
-        <v>26</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>78</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>73</v>
+        <v>31</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>82</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="s">
         <v>84</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>16</v>
+        <v>77</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>86</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="s">
         <v>88</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>89</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>16</v>
+        <v>90</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>90</v>
+        <v>74</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="s">
-        <v>69</v>
+        <v>92</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>96</v>
+        <v>44</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>96</v>
+        <v>30</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>11</v>
+        <v>105</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="E24" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="E24" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F24" s="1" t="s">
-        <v>16</v>
+        <v>110</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>87</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>109</v>
+        <v>11</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>110</v>
+        <v>114</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B26" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B29" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="B30" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="B31" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B33" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="B34" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="E34" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B35" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="E35" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="B36" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="E36" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B37" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E37" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>124</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>FormosaSoft</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>